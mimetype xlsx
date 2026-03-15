--- v0 (2025-12-18)
+++ v1 (2026-03-15)
@@ -54,355 +54,355 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5338</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>KENIA SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5338/ind_166.2017.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5338/ind_166.2017.pdf</t>
   </si>
   <si>
     <t>Indica a criação da reforma da Praça do Wona, localizada na Alameda Ricardo, no bairro Wona.</t>
   </si>
   <si>
     <t>6152</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>JUAREZ DA FARMÁCIA</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/6152/indica_930_-2017.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/6152/indica_930_-2017.pdf</t>
   </si>
   <si>
     <t>Indicação_x000D_
 Venho requerer à Mesa Diretora, na forma Regimental, que seja oficiado ao Exm0. Sr. Prefeito Municipal de Belford Roxo, a seguinte indicação:_x000D_
 OBJETO DA INDICAÇÃ 	Recapeamento de logradouro_x000D_
 LOGRADOURO	Rua Duarte Pereira_x000D_
 BAIRRO	Parque União I (Vale das Mangueiras)_x000D_
 JUSTIFICATIVA: A referida indicação e sua execução irá proporcionar maior segurança aos veículos e pedestres._x000D_
 Sala das Sessões, Belford Roxo, 20 de março de 2016.</t>
   </si>
   <si>
     <t>5681</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>TUNINHO MEDEIROS</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5681/ind_1155_31.03.2017.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5681/ind_1155_31.03.2017.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER A MESA DIRETORA, NA FORMA REGIMENTAL QUE SEJA OFICIADO AO EXMO. SR. PREFEITO MUNICIPAL DE BELFORD ROXO A SEGUINTE INDICAÇÃO:_x000D_
 REFORMA DA PRAÇA E RESTAURAÇÃO DO CAMPO DE FUTEBOL NA RUA DO CARMO, NO BAIRRO PARQUE AMORIM, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5682</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5682/ind_1156_31.03.2017.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5682/ind_1156_31.03.2017.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER A MESA DIRETORA, NA FORMA REGIMENTAL QUE SEJA OFICIADO AO EXMO. SR. PREFEITO MUNICIPAL DE BELFORD ROXO A SEGUINTE INDICAÇÃO:_x000D_
 REFORMA DA PRAÇA E RESTAURAÇÃO DO CAMPO DE FUTEBOL NA RUA DALVA DE OLIVEIRA, NO BAIRRO PARQUE AMORIM, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5674</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5674/ind_1161_31.03.2017.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5674/ind_1161_31.03.2017.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER A MESA DIRETORA, NA FORMA REGIMENTAL QUE SEJA OFICIADO AO EXMO. SR. PREFEITO MUNICIPAL DE BELFORD ROXO A SEGUINTE INDICAÇÃO:_x000D_
 _x000D_
 REFORMA DA PRAÇA E RESTAURAÇÃO DA QUADRA DE FUTSAL, LOCALIZADA NA RUA PITAGORAS, NO BAIRRO JARDIM IPÊ, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>5788</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5788/ind_1163_31.03.2017.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5788/ind_1163_31.03.2017.pdf</t>
   </si>
   <si>
     <t>Venho requerer a Mesa Diretora, na forma Regimental, que seja oficiado ao Exmº. Srº. Prefeito Municipal de Belford Roxo a seguinte indicação:_x000D_
 _x000D_
 REFORMA DA PRAÇA E RESTAURAÇÃO DO CAMPO DE FUTEBOL, localizada na Alameda Argentina, no Bairro Jardim Brasil, neste Município.</t>
   </si>
   <si>
     <t>5790</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5790/ind_1164_31.03.2017.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5790/ind_1164_31.03.2017.pdf</t>
   </si>
   <si>
     <t>Venho requerer a Mesa Diretora, na forma Regimental, que seja oficiado ao Exmº. Srº. Prefeito Municipal de Belford Roxo a seguinte indicação:_x000D_
 _x000D_
 REFORMA DA PRAÇA E RESTAURAÇÃO DO CAMPO DE FUTEBOL, localizada na Travessa Claudina, no Bairro Lote XV, neste Município.</t>
   </si>
   <si>
     <t>5789</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5789/ind_1170_31.03.2017.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5789/ind_1170_31.03.2017.pdf</t>
   </si>
   <si>
     <t>Venho requerer a Mesa Diretora, na forma Regimental, que seja oficiado ao Exmº. Srº. Prefeito Municipal de Belford Roxo a seguinte indicação:_x000D_
 _x000D_
 REFORMA DA PRAÇA E RESTAURAÇÃO DO CAMPO DE FUTEBOL, localizada na Avenida Ayrton Senna (em frente a Igreja Evangélica), no Bairro Ponto Cinco, neste Município.</t>
   </si>
   <si>
     <t>4608</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>ERICSSON GAL</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4608/ind_1259_05.04.2017.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4608/ind_1259_05.04.2017.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER A MESA DIRETORA, NA FORMA REGIMENTAL QUE SEJA OFICIADO AO EXMO. SR. PREFEITO MUNICIPAL DE BELFORD ROXO A SEGUINTE INDICAÇÃO:_x000D_
 _x000D_
 REFORMA DA PRAÇA NO PARQUE ESPERANÇA/ PARQUE FLORESTA , NESTE MUNICIPIO</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4603/ind_1282_06.04.2017.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4603/ind_1282_06.04.2017.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER A MESA DIRETORA, NA FORMA REGIMENTAL QUE SEJA OFICIADO AO EXMO. SR. PREFEITO MUNICIPAL DE BELFORD ROXO A SEGUINTE INDICAÇÃO:_x000D_
 _x000D_
 REFORMA  DE PRAÇA , BAIRRO PARQUE ESPERANÇA/ PARQUE FLORESTA , NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>4336</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>ENIRA RANUZIA</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4336/indi_1297-2017.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4336/indi_1297-2017.pdf</t>
   </si>
   <si>
     <t>REFORMA DA PRAÇA_x000D_
 RUA CAROLINA FERREIRA BAIRRO AREIA BRANCA</t>
   </si>
   <si>
     <t>4181</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4181/indi_1515-2017.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4181/indi_1515-2017.pdf</t>
   </si>
   <si>
     <t>REFORMA DA PRAÇA RUA SÃO BERNARDO COM A RUA SANTA CRUZ (QUADRA DO AVIÃO) BAIRRO NOVA AURORA</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>NEM COLONIAL</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4676/ind-_1702-2017-nem_colonial.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4676/ind-_1702-2017-nem_colonial.pdf</t>
   </si>
   <si>
     <t>OBJETO DA INDICAÇAO	REFORMA E MANUTENÇÃO DE PRAÇA_x000D_
 NOME PRAÇA	ALEXSANDER DE ALMEIDA_x000D_
 BAIRRO	PARQUE SÃO BENTO</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4677/ind-_1703-2017-nem_colonial.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4677/ind-_1703-2017-nem_colonial.pdf</t>
   </si>
   <si>
     <t>OBJETO DA INDICAÇÄO	REFORMA E MANUTENÇÃO DE PRAÇA_x000D_
 NOME PRAÇA	ITAPUÃ_x000D_
 BAIRRO	PARQUE ITAPUÃ (Entre as Ruas Violeta Grifont e Maria Galvão</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4678/ind-_1704-2017-nem_colonial.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4678/ind-_1704-2017-nem_colonial.pdf</t>
   </si>
   <si>
     <t>OBJETO DA INDICAÇÃO	CONSTRUÇÃO DE PRAÇA DE ESPORTE E LAZER_x000D_
 NOMEPRA A	FREI FABIANO_x000D_
 BAIRRO	FREI FABIANO (Entre as Ruas Marco Aurélio e Pitágoras)</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4679/ind-_1705-2017-nem_colonial.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4679/ind-_1705-2017-nem_colonial.pdf</t>
   </si>
   <si>
     <t>OBJETO DA INDICAÇÃO	MANUTENÇÃO E REFORMA DE PRAÇA_x000D_
 NOME PRAÇA	VETERANOS_x000D_
 BAIRRO	JARDIM DO IPE (Entre as Ruas Sófocles e Euclides)</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4680/ind-_1706-2017-nem_colonial.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4680/ind-_1706-2017-nem_colonial.pdf</t>
   </si>
   <si>
     <t>OBJETO DA INDICAÇAO	MANUTENÇAO E REFORMA DE PRAÇA_x000D_
 NOME PRAÇA	JARDIM DO IPE_x000D_
 BAIRRO	JARDIM DO IPE (Entre as Ruas Sófocles e Eurípedes)</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4681/ind-_1707-2017-nem_colonial.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4681/ind-_1707-2017-nem_colonial.pdf</t>
   </si>
   <si>
     <t>OBJETO DA INDICAÇAO	MANUTEÇAO E REFORMA DE PRAÇA_x000D_
 NOME PRAÇA	XUXA_x000D_
 BAIRRO	JARDIM DO IPE (Entre as Ruas Platão e Herodes)</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4481/indi_2771-_2017.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4481/indi_2771-_2017.pdf</t>
   </si>
   <si>
     <t>INDICACÃO:_x000D_
 Venho requerer à Mesa Diretora, na forma regimental, que seja oficiado ao Exm0 Senhor Prefeito Município de Belford Roxo, a seguinte indicação._x000D_
 OBJETO DA INDICA Ão	REFORMADA PRA A_x000D_
 LOGRADOURO	AVENIDA SANTA AMÉLIA_x000D_
 BAIRRO	SANTA AMÉLIA</t>
   </si>
   <si>
     <t>5565</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5565/ind_2782.2017.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5565/ind_2782.2017.pdf</t>
   </si>
   <si>
     <t>Indica seja realizada reforma na Praça situada entre as ruas Mario de Santana e Maria Inês de Jesus no bairro Vale das Mangueiras.</t>
   </si>
   <si>
     <t>6189</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/6189/indica_2967_-2017.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/6189/indica_2967_-2017.pdf</t>
   </si>
   <si>
     <t>"Muda a denominação da atual Bem-Te-Vi. para RUA CELITA NUNES DOS SANTOS, no Bairro Parque União, neste Município</t>
   </si>
   <si>
     <t>4234</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4234/ind-_3460-2017-nem_colonial.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4234/ind-_3460-2017-nem_colonial.pdf</t>
   </si>
   <si>
     <t>OBJETO DA INDICAÇAO	MANUTENÇÄO E REFORMA DE PRAÇA_x000D_
 NOME PRAÇA	NATANAEL FELICIANO DE QUEIROZ_x000D_
 BAIRRO	PARQUE ITAPUÃ (Entre as Ruas Violeta Griffon e Icaraí)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -711,67 +711,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5338/ind_166.2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/6152/indica_930_-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5681/ind_1155_31.03.2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5682/ind_1156_31.03.2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5674/ind_1161_31.03.2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5788/ind_1163_31.03.2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5790/ind_1164_31.03.2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5789/ind_1170_31.03.2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4608/ind_1259_05.04.2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4603/ind_1282_06.04.2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4336/indi_1297-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4181/indi_1515-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4676/ind-_1702-2017-nem_colonial.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4677/ind-_1703-2017-nem_colonial.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4678/ind-_1704-2017-nem_colonial.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4679/ind-_1705-2017-nem_colonial.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4680/ind-_1706-2017-nem_colonial.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4681/ind-_1707-2017-nem_colonial.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4481/indi_2771-_2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5565/ind_2782.2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/6189/indica_2967_-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4234/ind-_3460-2017-nem_colonial.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5338/ind_166.2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/6152/indica_930_-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5681/ind_1155_31.03.2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5682/ind_1156_31.03.2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5674/ind_1161_31.03.2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5788/ind_1163_31.03.2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5790/ind_1164_31.03.2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5789/ind_1170_31.03.2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4608/ind_1259_05.04.2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4603/ind_1282_06.04.2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4336/indi_1297-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4181/indi_1515-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4676/ind-_1702-2017-nem_colonial.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4677/ind-_1703-2017-nem_colonial.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4678/ind-_1704-2017-nem_colonial.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4679/ind-_1705-2017-nem_colonial.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4680/ind-_1706-2017-nem_colonial.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4681/ind-_1707-2017-nem_colonial.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4481/indi_2771-_2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/5565/ind_2782.2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/6189/indica_2967_-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2017/4234/ind-_3460-2017-nem_colonial.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="151" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>