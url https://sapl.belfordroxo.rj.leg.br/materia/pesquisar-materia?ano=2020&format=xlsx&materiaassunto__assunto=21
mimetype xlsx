--- v0 (2025-12-16)
+++ v1 (2026-03-15)
@@ -54,179 +54,179 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>CRISTIANE DO SOBREIRA</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/4627/reque_314_-2020.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/4627/reque_314_-2020.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO_x000D_
 Venho requerer à Mesa Diretora, na forma regimental que seja consignado nos anais da Câmara Municipal de Belford Roxo, "MOÇÃO DE LOUVOR" AO ILMO ANTONIO GOMES PINHEIRO</t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>TUNINHO MEDEIROS</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/3841/reque_355-2020.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/3841/reque_355-2020.pdf</t>
   </si>
   <si>
     <t>Venho requerer à Mesa Diretora, na forma Regimental, que seja consignado nos anais da Câmara Municipal de Belford Roxo, "MOÇÃO DE LOUVOR", ao limo Pastor. Gilberto Sérgio do Couto Junior.</t>
   </si>
   <si>
     <t>4152</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>ARMANDINHO PENÉLIS</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/4152/req_1281_17.09.2020.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/4152/req_1281_17.09.2020.pdf</t>
   </si>
   <si>
     <t>Venho requerer a Mesa Diretora, na forma regimental que seja  consignado no anais da Câmara Municipal de Belford Roxo, MOÇÃO DE LOUVOR aos Ilustríssimos Srs (a):  ADRIANO CARMO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/4624/reque_1641_-2020.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/4624/reque_1641_-2020.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO_x000D_
 Venho requerer à mesa diretora, na forma regimental, que seja consignado nos anais da Câmara Municipal De Belford Roxo, " Moção De Louvor, A Ilma Priscila Musser Lima Francisco".</t>
   </si>
   <si>
     <t>5993</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>NUNA</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5993/req_1645-2020.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5993/req_1645-2020.pdf</t>
   </si>
   <si>
     <t>Venho requerer à Mesa Diretora, na forma Regimental, que seja consignado nos anais da Câmara Municipal de Belford Roxo, "MOÇÃO DE LOUVOR"  aos Ilmos. Srs.:_x000D_
  	CLARICE DA SILVA SANTOS - Presidente da Fundação de Desenvolvimento Social de Belford Roxo — FUNBEL;   CRISTIANE DA SILVA SANTOS FERNANDES - Assessor de Gabinete da Presidência;_x000D_
  	LUIZ ANTÓNIO CAMPOS VILELA Coordenador de_x000D_
 Trabalho do Município de Mesquita;_x000D_
  	AUGUSTO CARLOS DA SILVA GERVÁSIO - Tesoureiro da FUNBEL;_x000D_
  	EDSON CALIL DE ALMEIDA - Assessor Especial da_x000D_
 Secretaria de Estado da Casa Civil;_x000D_
  	GILMAR MOREIRA DOS SANTOS - Assessor de Assuntos_x000D_
 Especiais da Secretaria de Estado de Trabalho e Renda;_x000D_
  	JOACI SIMÕES DA SILVA;   DIEGO GOMES DOS ANJOS;   VALDINEI CALIXTO</t>
   </si>
   <si>
     <t>5990</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5990/req_1668-2020.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5990/req_1668-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE LOUVOR", aos Ilmos. Srs._x000D_
  	DANIELE DO NASCIMENTO DA SILVA, Aux. Adm._x000D_
 Efetiva da PMBR — Cedida ao Sistema Nacional de Emprego;   TAINÁ CHAVES GONÇALVES - Assessor Técnico -_x000D_
 SEMAD — Secretaria do Trabalho;_x000D_
  	THAMIRIS CARDOZO DERIS - Assessor de Gabinete -_x000D_
 Secretaria do Trabalho;_x000D_
  	THALITA SANTOS FERNANDES - Assessor de Gabinete -_x000D_
 Secretaria do Trabalho;_x000D_
  	CLAUDIA HOSANA BARROS DA SILVA - Chefe da_x000D_
 Agência do SINE Secretaria do Trabalho;_x000D_
  	JEFERSON ROSA QUEIROZ - Assessor de Gabinete Secretaria do Trabalho;_x000D_
  	IASMIN SANTOS FERNANDES - Enfermeira;_x000D_
  	SEBASTIÃO ALEXANDRE DO NASCIMENTO_x000D_
 FLORIANO - 10 SGT DO 220 BPM / PMERJ - RG 61129;_x000D_
  ERNANE ALEIXO - Vereador de São João de Meriti;   RICARDO LEITE RIBEIRO - Chefe da seção de Políticas de Emprego da Superintendência Regional do Trabalho/ Ministério da Economia;_x000D_
  	FABIO PARAVIDINO - Subsecretário Executivo de Estado de Trabalho e Renda.</t>
   </si>
   <si>
     <t>5610</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>KENIA SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5610/mocao_180.2020.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5610/mocao_180.2020.pdf</t>
   </si>
   <si>
     <t>Concede Moção Moção de Louvor à Ilmª Srª FERNANDES DE AMURILLO.</t>
   </si>
   <si>
     <t>5612</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5612/mocao_285.2020.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5612/mocao_285.2020.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Louvor à Ilmª. Srª. TATIANA CORREA DE MELO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -533,67 +533,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/4627/reque_314_-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/3841/reque_355-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/4152/req_1281_17.09.2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/4624/reque_1641_-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5993/req_1645-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5990/req_1668-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5610/mocao_180.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5612/mocao_285.2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/4627/reque_314_-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/3841/reque_355-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/4152/req_1281_17.09.2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/4624/reque_1641_-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5993/req_1645-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5990/req_1668-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5610/mocao_180.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2020/5612/mocao_285.2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="177" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>