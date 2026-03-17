--- v0 (2025-12-18)
+++ v1 (2026-03-17)
@@ -54,163 +54,163 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5464</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projetos de Lei Ordinária</t>
   </si>
   <si>
     <t>REGINA DO VALTINHO</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/5464/plo_392-2023_-_regina.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/5464/plo_392-2023_-_regina.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS PROGRAMAS DE POLÍTICAS PÚBLICAS, EDUCACIONAIS ATRAVÉS DO ENSINO PRESENCIAL, SEMIPRESENCIAL E ENSINO A DISTÂNCIA  - EAD.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>HENRIQUE FAROFA</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/619/plo_354-2023_ver.henrique_farofa.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/619/plo_354-2023_ver.henrique_farofa.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SELO "EMPRESA AMIGA DA EDUCAÇÃO" PARA EMPRESAS QUE INCENTIVAREM A CONCLUSÃO DOS ESTUDOS DE SEUS_x000D_
 FUNCIONÁRIOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>MARCELO IRINEU</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/410/plo_356.2023.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/410/plo_356.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DO PODER EXECUTIVO INSTITUIR O PROGRAMA MUNICIPAL DE CONSCIENTIZAÇÃO DA DEPRESSÃO INFANTO JUVENIL NO MUNICIPIO DE BELFORD ROXO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>RODRIGO COM A FORÇA DO POVO</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/1191/plo_487-2023_ver_rodrigo__com_a_forca_do_povo.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/1191/plo_487-2023_ver_rodrigo__com_a_forca_do_povo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instalação de detectores de metais em estabelecimentos de ensino de Belford Roxo e dá outras providências".</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>DUDU CANELLA</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/525/plo_502.2023.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/525/plo_502.2023.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DO PROJETO ESCOLA MAIS SEGURA ATRAVÉS DE CAPACITAÇÃO DOS INSPETORES, VIGIAS ENTRE OUTROS PROFISSIONAIS DO MEIO ESCOLAR NA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>ANDRÉ FEIJÃO</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/814/plo_513-2023_ver_andre_feijao.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/814/plo_513-2023_ver_andre_feijao.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DA CÂMARA MUNICIPAL DE BELFORD ROXO A DISPONIBILIZAÇÃO DE INTÉRPRETES DE LIBRAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/617/plo_651-2023_ver.henrique_farofa.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/617/plo_651-2023_ver.henrique_farofa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS DIREITOS DOS ESTUDANTES MATRICULADOS EM INSTITUIÇÕES DO SISTEMA MUNICIPAL E PRIVADO DE ENSINO QUE INTEGRAREM DELEGAÇÕES PARTICIPANTES DE EVENTOS ESPORTIVOS OFICIAIS.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/812/plo_739-2023_ver_andre_feijao.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/812/plo_739-2023_ver_andre_feijao.pdf</t>
   </si>
   <si>
     <t>Institui o PROJETO "ANJO DA ESCOLA" em todas as escolas da rede pública deste município</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/902/plo_1538-2023_ver_andre_feijao.pdf</t>
+    <t>http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/902/plo_1538-2023_ver_andre_feijao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre implantação do NEU (Núcleo de Educação e Urgência) "PROJETO SAMUZINHO NAS ESCOLAS PUBLICAS MUNICIPAIS" e da outras providencias.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -517,67 +517,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/5464/plo_392-2023_-_regina.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/619/plo_354-2023_ver.henrique_farofa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/410/plo_356.2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/1191/plo_487-2023_ver_rodrigo__com_a_forca_do_povo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/525/plo_502.2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/814/plo_513-2023_ver_andre_feijao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/617/plo_651-2023_ver.henrique_farofa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/812/plo_739-2023_ver_andre_feijao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/902/plo_1538-2023_ver_andre_feijao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/5464/plo_392-2023_-_regina.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/619/plo_354-2023_ver.henrique_farofa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/410/plo_356.2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/1191/plo_487-2023_ver_rodrigo__com_a_forca_do_povo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/525/plo_502.2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/814/plo_513-2023_ver_andre_feijao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/617/plo_651-2023_ver.henrique_farofa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/812/plo_739-2023_ver_andre_feijao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belfordroxo.rj.leg.br/media/sapl/public/materialegislativa/2023/902/plo_1538-2023_ver_andre_feijao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="122.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="186.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>